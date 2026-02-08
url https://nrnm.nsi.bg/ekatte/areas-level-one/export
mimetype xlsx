--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
-    <t>Дата и час на изготвяне на справката: 06/12/2025 22:02</t>
+    <t>Дата и час на изготвяне на справката: 08/02/2026 17:37</t>
   </si>
   <si>
     <t>Данните са актуални към: 29/01/2013</t>
   </si>
   <si>
     <t>Идентификационен код</t>
   </si>
   <si>
     <t>Име</t>
   </si>
   <si>
     <t>Транслитерация</t>
   </si>
   <si>
     <t>NUTS1</t>
   </si>
   <si>
     <t>Код на документа</t>
   </si>
   <si>
     <t>BG3</t>
   </si>
   <si>
     <t>район "Северна и Югоизточна България"</t>
   </si>